--- v0 (2025-10-15)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Data Approver List" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
   <si>
     <t>S/L</t>
   </si>
   <si>
     <t>Office</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Designation</t>
   </si>
   <si>
     <t>Role</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
@@ -104,50 +104,62 @@
   <si>
     <t>Abu Nasar Mohammad Abdullah</t>
   </si>
   <si>
     <t>Joint Secretary</t>
   </si>
   <si>
     <t>abdullah6677@gmail.com</t>
   </si>
   <si>
     <t>Ministry of Science and Technology</t>
   </si>
   <si>
     <t>Muhammad Ashraf Ali Faruk</t>
   </si>
   <si>
     <t>Additional Secretary</t>
   </si>
   <si>
     <t>faruk.ashraf@yahoo.com</t>
   </si>
   <si>
     <t>01711026317</t>
   </si>
   <si>
+    <t>Bangladesh Bureau of Statistics (BBS)</t>
+  </si>
+  <si>
+    <t>MD. ALAMGIR HOSSEN</t>
+  </si>
+  <si>
+    <t>alamgir.hossen@bbs.gov.bd</t>
+  </si>
+  <si>
+    <t>01789944944</t>
+  </si>
+  <si>
     <t>Economic Relations Division</t>
   </si>
   <si>
     <t>SYED ASHRAFUZZAMAN</t>
   </si>
   <si>
     <t>saztito@gmail.com</t>
   </si>
   <si>
     <t>01550151266</t>
   </si>
   <si>
     <t>Ministry of Foreign Affairs</t>
   </si>
   <si>
     <t>MD. TOUFIQ-UR-RAHMAN</t>
   </si>
   <si>
     <t>supink57@yahoo.com</t>
   </si>
   <si>
     <t>01328759905</t>
   </si>
   <si>
     <t>Dept of Environment</t>
@@ -170,60 +182,63 @@
   <si>
     <t>Sheikh Mohammad Alamgir</t>
   </si>
   <si>
     <t>chief statistics (Md. Shamsul Alam)</t>
   </si>
   <si>
     <t>alamgir_asif@yahoo.com</t>
   </si>
   <si>
     <t>01711576333</t>
   </si>
   <si>
     <t>BRTA</t>
   </si>
   <si>
     <t>Sk. Md. Mahbub-E-Rabbani</t>
   </si>
   <si>
     <t>Director (Road Safety)</t>
   </si>
   <si>
     <t>rabbanimahbub738@gmail.com</t>
   </si>
   <si>
-    <t>Sustainable &amp; Renewable Energy Development Authority (SREDA)</t>
-[...8 lines deleted...]
-    <t>01682503295</t>
+    <t>Sustainable &amp;amp;amp; Renewable Energy Development Authority (SREDA)</t>
+  </si>
+  <si>
+    <t>Abdullah Al Refat</t>
+  </si>
+  <si>
+    <t>Deputy Director</t>
+  </si>
+  <si>
+    <t>refat031.du@gmail.com</t>
+  </si>
+  <si>
+    <t>01537529475</t>
   </si>
   <si>
     <t>Civil Aviation Authority, Bangladesh</t>
   </si>
   <si>
     <t>Director (Planning, Operational Training, Development and Monitoring)</t>
   </si>
   <si>
     <t>mostafizeco@gmail.com</t>
   </si>
   <si>
     <t>01717253544</t>
   </si>
   <si>
     <t>Department of Disaster Management</t>
   </si>
   <si>
     <t>Mohammad Hafizur Rahman</t>
   </si>
   <si>
     <t>hafiz.ddm@gmail.com</t>
   </si>
   <si>
     <t>01716771508</t>
   </si>
@@ -239,75 +254,75 @@
   <si>
     <t>01717064661</t>
   </si>
   <si>
     <t>Hydrocarbon Unit</t>
   </si>
   <si>
     <t>Arup Kumar Biswas</t>
   </si>
   <si>
     <t>Direcor (Exploration and Production)</t>
   </si>
   <si>
     <t>arup@hcu.org.bd</t>
   </si>
   <si>
     <t>01814240881</t>
   </si>
   <si>
     <t>Department of Fisheries</t>
   </si>
   <si>
     <t>Mohammad Mamunor Rashid</t>
   </si>
   <si>
-    <t>Deputy Director</t>
-[...1 lines deleted...]
-  <si>
     <t>kbdmamun_1974@yahoo.com</t>
   </si>
   <si>
     <t>08515850101</t>
   </si>
   <si>
     <t>Quazi Zia Uddin</t>
   </si>
   <si>
     <t>quaziziauddin70@gmail.com</t>
   </si>
   <si>
     <t>তথ্য কমিশন, শেরেবাংলা নগর, ঢাকা</t>
   </si>
   <si>
-    <t>S M Kamrul Islam</t>
-[...5 lines deleted...]
-    <t>01552383778</t>
+    <t>A.K.M. Azizul Hoq</t>
+  </si>
+  <si>
+    <t>Director (Admin, Finance &amp;amp; IT)</t>
+  </si>
+  <si>
+    <t>sahanzu1957@yahoo.com</t>
+  </si>
+  <si>
+    <t>01552412845</t>
   </si>
   <si>
     <t>National Board of Revenue</t>
   </si>
   <si>
     <t>Tanjina Rahman</t>
   </si>
   <si>
     <t>tanjina1204@gmail.com</t>
   </si>
   <si>
     <t>01722229569</t>
   </si>
   <si>
     <t>Statistics and Informatices Division</t>
   </si>
   <si>
     <t>Hemonto Henry Kubi</t>
   </si>
   <si>
     <t>Deputy Secretary</t>
   </si>
   <si>
     <t>kubi_100@yahoo.com</t>
   </si>
@@ -348,50 +363,62 @@
     <t>zfaisalju@gmail.com</t>
   </si>
   <si>
     <t>01758389080</t>
   </si>
   <si>
     <t>Ministry of Commerce</t>
   </si>
   <si>
     <t>Saif Uddin Ahammad</t>
   </si>
   <si>
     <t>saif-uddin.ahammad@students.mq.edu.au</t>
   </si>
   <si>
     <t>01556701458</t>
   </si>
   <si>
     <t>Dr. Md. Marufur Rahman</t>
   </si>
   <si>
     <t>dr.marufrhmn@gmail.com</t>
   </si>
   <si>
     <t>01670974253</t>
+  </si>
+  <si>
+    <t>Bangladesh Telecommunication Regulatory Commission</t>
+  </si>
+  <si>
+    <t>Dr. MD SOHEL RANA</t>
+  </si>
+  <si>
+    <t>sohel@btrc.gov.bd</t>
+  </si>
+  <si>
+    <t>01552202718</t>
   </si>
   <si>
     <t>planning commission</t>
   </si>
   <si>
     <t>উপপ্রধান (ডেল্টা অধিশাখা-১)</t>
   </si>
   <si>
     <t>achasem649464@gmail.com</t>
   </si>
   <si>
     <t>01751527645</t>
   </si>
   <si>
     <t>Joint Rivers Commission, Bangladesh</t>
   </si>
   <si>
     <t>Dr. Mohammad Abul Hossen</t>
   </si>
   <si>
     <t>Member</t>
   </si>
   <si>
     <t>engr_mohammadhossen@yahoo.com</t>
   </si>
@@ -803,51 +830,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G36"/>
+  <dimension ref="A1:G38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -977,679 +1004,731 @@
       </c>
       <c r="D7" t="s">
         <v>27</v>
       </c>
       <c r="E7" t="s">
         <v>9</v>
       </c>
       <c r="F7" t="s">
         <v>28</v>
       </c>
       <c r="G7" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>30</v>
       </c>
       <c r="C8" t="s">
         <v>31</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="E8" t="s">
         <v>9</v>
       </c>
       <c r="F8" t="s">
         <v>32</v>
       </c>
       <c r="G8" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>34</v>
       </c>
       <c r="C9" t="s">
         <v>35</v>
       </c>
       <c r="D9" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>9</v>
       </c>
       <c r="F9" t="s">
         <v>36</v>
       </c>
       <c r="G9" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>38</v>
       </c>
       <c r="C10" t="s">
         <v>39</v>
       </c>
       <c r="D10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F10" t="s">
         <v>40</v>
       </c>
-      <c r="E10" t="s">
-[...2 lines deleted...]
-      <c r="F10" t="s">
+      <c r="G10" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>42</v>
+      </c>
+      <c r="C11" t="s">
         <v>43</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>44</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
+        <v>9</v>
+      </c>
+      <c r="F11" t="s">
         <v>45</v>
       </c>
-      <c r="E11" t="s">
-[...2 lines deleted...]
-      <c r="F11" t="s">
+      <c r="G11" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>47</v>
+      </c>
+      <c r="C12" t="s">
         <v>48</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>49</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
+        <v>9</v>
+      </c>
+      <c r="F12" t="s">
         <v>50</v>
       </c>
-      <c r="E12" t="s">
-[...2 lines deleted...]
-      <c r="F12" t="s">
+      <c r="G12" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>1705565096</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>52</v>
       </c>
       <c r="C13" t="s">
         <v>53</v>
       </c>
+      <c r="D13" t="s">
+        <v>54</v>
+      </c>
       <c r="E13" t="s">
         <v>9</v>
       </c>
       <c r="F13" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G13" t="s">
         <v>55</v>
+      </c>
+      <c r="G13">
+        <v>1705565096</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>56</v>
       </c>
+      <c r="C14" t="s">
+        <v>57</v>
+      </c>
       <c r="D14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E14" t="s">
         <v>9</v>
       </c>
       <c r="F14" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G14" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="C15" t="s">
         <v>61</v>
       </c>
+      <c r="D15" t="s">
+        <v>62</v>
+      </c>
       <c r="E15" t="s">
         <v>9</v>
       </c>
       <c r="F15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C16" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>66</v>
       </c>
       <c r="E16" t="s">
         <v>9</v>
       </c>
       <c r="F16" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G16" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C17" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D17" t="s">
-        <v>70</v>
+        <v>7</v>
       </c>
       <c r="E17" t="s">
         <v>9</v>
       </c>
       <c r="F17" t="s">
         <v>71</v>
       </c>
       <c r="G17" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>73</v>
       </c>
       <c r="C18" t="s">
         <v>74</v>
       </c>
       <c r="D18" t="s">
         <v>75</v>
       </c>
       <c r="E18" t="s">
         <v>9</v>
       </c>
       <c r="F18" t="s">
         <v>76</v>
       </c>
       <c r="G18" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>7</v>
+        <v>78</v>
       </c>
       <c r="C19" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D19" t="s">
-        <v>7</v>
+        <v>58</v>
       </c>
       <c r="E19" t="s">
         <v>9</v>
       </c>
       <c r="F19" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>8801320000035</v>
+        <v>80</v>
+      </c>
+      <c r="G19" t="s">
+        <v>81</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>80</v>
+        <v>7</v>
       </c>
       <c r="C20" t="s">
-        <v>81</v>
+        <v>82</v>
+      </c>
+      <c r="D20" t="s">
+        <v>7</v>
       </c>
       <c r="E20" t="s">
         <v>9</v>
       </c>
       <c r="F20" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="G20" t="s">
         <v>83</v>
+      </c>
+      <c r="G20">
+        <v>8801320000035</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>84</v>
       </c>
       <c r="C21" t="s">
         <v>85</v>
       </c>
+      <c r="D21" t="s">
+        <v>86</v>
+      </c>
       <c r="E21" t="s">
         <v>9</v>
       </c>
       <c r="F21" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G21" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C22" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>90</v>
       </c>
       <c r="E22" t="s">
         <v>9</v>
       </c>
       <c r="F22" t="s">
         <v>91</v>
       </c>
       <c r="G22" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>7</v>
+        <v>93</v>
       </c>
       <c r="C23" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D23" t="s">
-        <v>7</v>
+        <v>95</v>
       </c>
       <c r="E23" t="s">
         <v>9</v>
       </c>
       <c r="F23" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>8801556329685</v>
+        <v>96</v>
+      </c>
+      <c r="G23" t="s">
+        <v>97</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>95</v>
+        <v>7</v>
       </c>
       <c r="C24" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D24" t="s">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="E24" t="s">
         <v>9</v>
       </c>
       <c r="F24" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>99</v>
+      </c>
+      <c r="G24">
+        <v>8801556329685</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C25" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D25" t="s">
-        <v>101</v>
+        <v>23</v>
       </c>
       <c r="E25" t="s">
+        <v>9</v>
+      </c>
+      <c r="F25" t="s">
         <v>102</v>
       </c>
-      <c r="F25" t="s">
+      <c r="G25" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>104</v>
+      </c>
+      <c r="C26" t="s">
         <v>105</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>106</v>
       </c>
-      <c r="D26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E26" t="s">
-        <v>9</v>
+        <v>107</v>
       </c>
       <c r="F26" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G26" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>7</v>
+        <v>110</v>
       </c>
       <c r="C27" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D27" t="s">
-        <v>7</v>
+        <v>23</v>
       </c>
       <c r="E27" t="s">
         <v>9</v>
       </c>
       <c r="F27" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="G27" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>112</v>
+        <v>7</v>
+      </c>
+      <c r="C28" t="s">
+        <v>114</v>
       </c>
       <c r="D28" t="s">
-        <v>113</v>
+        <v>7</v>
       </c>
       <c r="E28" t="s">
         <v>9</v>
       </c>
       <c r="F28" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G28" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C29" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D29" t="s">
-        <v>118</v>
+        <v>44</v>
       </c>
       <c r="E29" t="s">
         <v>9</v>
       </c>
       <c r="F29" t="s">
         <v>119</v>
       </c>
       <c r="G29" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>121</v>
       </c>
       <c r="D30" t="s">
         <v>122</v>
       </c>
       <c r="E30" t="s">
         <v>9</v>
       </c>
       <c r="F30" t="s">
         <v>123</v>
       </c>
       <c r="G30" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>7</v>
+        <v>125</v>
       </c>
       <c r="C31" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D31" t="s">
-        <v>7</v>
+        <v>127</v>
       </c>
       <c r="E31" t="s">
         <v>9</v>
       </c>
       <c r="F31" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G31" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D32" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E32" t="s">
         <v>9</v>
       </c>
       <c r="F32" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>1557863557</v>
+        <v>132</v>
+      </c>
+      <c r="G32" t="s">
+        <v>133</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>132</v>
+        <v>7</v>
       </c>
       <c r="C33" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D33" t="s">
-        <v>134</v>
+        <v>7</v>
       </c>
       <c r="E33" t="s">
         <v>9</v>
       </c>
       <c r="F33" t="s">
         <v>135</v>
       </c>
       <c r="G33" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>137</v>
       </c>
       <c r="C34" t="s">
         <v>138</v>
       </c>
       <c r="D34" t="s">
-        <v>18</v>
+        <v>139</v>
       </c>
       <c r="E34" t="s">
         <v>9</v>
       </c>
       <c r="F34" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="G34" t="s">
         <v>140</v>
+      </c>
+      <c r="G34">
+        <v>1557863557</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>141</v>
       </c>
+      <c r="C35" t="s">
+        <v>142</v>
+      </c>
       <c r="D35" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E35" t="s">
         <v>9</v>
       </c>
       <c r="F35" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G35" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C36" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D36" t="s">
+        <v>18</v>
+      </c>
+      <c r="E36" t="s">
+        <v>9</v>
+      </c>
+      <c r="F36" t="s">
+        <v>148</v>
+      </c>
+      <c r="G36" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37">
+        <v>36</v>
+      </c>
+      <c r="B37" t="s">
+        <v>150</v>
+      </c>
+      <c r="D37" t="s">
+        <v>151</v>
+      </c>
+      <c r="E37" t="s">
+        <v>9</v>
+      </c>
+      <c r="F37" t="s">
+        <v>152</v>
+      </c>
+      <c r="G37" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7">
+      <c r="A38">
+        <v>37</v>
+      </c>
+      <c r="B38" t="s">
+        <v>154</v>
+      </c>
+      <c r="C38" t="s">
+        <v>155</v>
+      </c>
+      <c r="D38" t="s">
         <v>7</v>
       </c>
-      <c r="E36" t="s">
-[...5 lines deleted...]
-      <c r="G36">
+      <c r="E38" t="s">
+        <v>9</v>
+      </c>
+      <c r="F38" t="s">
+        <v>156</v>
+      </c>
+      <c r="G38">
         <v>8801817516044</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>