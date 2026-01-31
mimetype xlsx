--- v1 (2025-12-02)
+++ v2 (2026-01-31)
@@ -12,160 +12,184 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Data Approver List" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
   <si>
     <t>S/L</t>
   </si>
   <si>
     <t>Office</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Designation</t>
   </si>
   <si>
     <t>Role</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
+    <t>Department of Forest</t>
+  </si>
+  <si>
+    <t>Mariam Akter</t>
+  </si>
+  <si>
+    <t>Assistant Chief Conservator of Forests</t>
+  </si>
+  <si>
+    <t>Provider</t>
+  </si>
+  <si>
+    <t>mariamakter2002@gmail.com</t>
+  </si>
+  <si>
+    <t>01711170697</t>
+  </si>
+  <si>
     <t>-</t>
   </si>
   <si>
     <t>Data Approver</t>
   </si>
   <si>
     <t>Approver</t>
   </si>
   <si>
     <t>munem@ba-systems.com</t>
   </si>
   <si>
+    <t>Bangladesh Bureau of Statistics (BBS)</t>
+  </si>
+  <si>
+    <t>MD. ALAMGIR HOSSEN</t>
+  </si>
+  <si>
+    <t>alamgir.hossen@bbs.gov.bd</t>
+  </si>
+  <si>
+    <t>01789944944</t>
+  </si>
+  <si>
     <t>Bangladesh Parliament Secretariat</t>
   </si>
   <si>
     <t>Md. Ashif Iqbal</t>
   </si>
   <si>
     <t>ashifbd@gmail.com</t>
   </si>
   <si>
     <t>01715300664</t>
   </si>
   <si>
     <t>Mohammad Lulu Miah</t>
   </si>
   <si>
     <t>lulu.miah@bb.org.bd</t>
   </si>
   <si>
     <t>Bangladesh Livestock Research Institute</t>
   </si>
   <si>
     <t>Director General</t>
   </si>
   <si>
     <t>shakila_blri@yahoo.com</t>
   </si>
   <si>
     <t>01712205223</t>
   </si>
   <si>
-    <t>Local Government Division</t>
-[...2 lines deleted...]
-    <t>Abu Nasar Mohammad Abdullah</t>
+    <t>Office of the Registrar General, Birth and Death Registration</t>
+  </si>
+  <si>
+    <t>Md. Luthfur Rahman</t>
+  </si>
+  <si>
+    <t>Deputy Registrar General</t>
+  </si>
+  <si>
+    <t>rahmanmd03@gmail.com</t>
+  </si>
+  <si>
+    <t>01733815428</t>
+  </si>
+  <si>
+    <t>Ministry of Science and Technology</t>
+  </si>
+  <si>
+    <t>Muhammad Ashraf Ali Faruk</t>
+  </si>
+  <si>
+    <t>Additional Secretary</t>
+  </si>
+  <si>
+    <t>faruk.ashraf@yahoo.com</t>
+  </si>
+  <si>
+    <t>01711026317</t>
+  </si>
+  <si>
+    <t>Economic Relations Division</t>
+  </si>
+  <si>
+    <t>SYED ASHRAFUZZAMAN</t>
   </si>
   <si>
     <t>Joint Secretary</t>
   </si>
   <si>
-    <t>abdullah6677@gmail.com</t>
-[...34 lines deleted...]
-  <si>
     <t>saztito@gmail.com</t>
   </si>
   <si>
     <t>01550151266</t>
   </si>
   <si>
     <t>Ministry of Foreign Affairs</t>
   </si>
   <si>
     <t>MD. TOUFIQ-UR-RAHMAN</t>
   </si>
   <si>
     <t>supink57@yahoo.com</t>
   </si>
   <si>
     <t>01328759905</t>
   </si>
   <si>
     <t>Dept of Environment</t>
   </si>
   <si>
     <t>Md. Hasan Hasibur Rahman</t>
   </si>
   <si>
     <t>Director</t>
@@ -182,122 +206,125 @@
   <si>
     <t>Sheikh Mohammad Alamgir</t>
   </si>
   <si>
     <t>chief statistics (Md. Shamsul Alam)</t>
   </si>
   <si>
     <t>alamgir_asif@yahoo.com</t>
   </si>
   <si>
     <t>01711576333</t>
   </si>
   <si>
     <t>BRTA</t>
   </si>
   <si>
     <t>Sk. Md. Mahbub-E-Rabbani</t>
   </si>
   <si>
     <t>Director (Road Safety)</t>
   </si>
   <si>
     <t>rabbanimahbub738@gmail.com</t>
   </si>
   <si>
-    <t>Sustainable &amp;amp;amp; Renewable Energy Development Authority (SREDA)</t>
+    <t>UNO. Singra, Natore</t>
   </si>
   <si>
     <t>Abdullah Al Refat</t>
   </si>
   <si>
+    <t>UNO Officer</t>
+  </si>
+  <si>
+    <t>refat031.du@gmail.com</t>
+  </si>
+  <si>
+    <t>01537529475</t>
+  </si>
+  <si>
+    <t>Civil Aviation Authority, Bangladesh</t>
+  </si>
+  <si>
+    <t>Director (Planning, Operational Training, Development and Monitoring)</t>
+  </si>
+  <si>
+    <t>mostafizeco@gmail.com</t>
+  </si>
+  <si>
+    <t>01717253544</t>
+  </si>
+  <si>
+    <t>Department of Disaster Management</t>
+  </si>
+  <si>
+    <t>Mohammad Hafizur Rahman</t>
+  </si>
+  <si>
+    <t>hafiz.ddm@gmail.com</t>
+  </si>
+  <si>
+    <t>01716771508</t>
+  </si>
+  <si>
+    <t>RAJUK</t>
+  </si>
+  <si>
+    <t>Mahfuja Aktar</t>
+  </si>
+  <si>
+    <t>shahanabuet98@gmail.com</t>
+  </si>
+  <si>
+    <t>01717064661</t>
+  </si>
+  <si>
+    <t>Hydrocarbon Unit</t>
+  </si>
+  <si>
+    <t>Arup Kumar Biswas</t>
+  </si>
+  <si>
+    <t>Direcor (Exploration and Production)</t>
+  </si>
+  <si>
+    <t>arup@hcu.org.bd</t>
+  </si>
+  <si>
+    <t>01814240881</t>
+  </si>
+  <si>
+    <t>Department of Fisheries</t>
+  </si>
+  <si>
+    <t>Mohammad Mamunor Rashid</t>
+  </si>
+  <si>
     <t>Deputy Director</t>
   </si>
   <si>
-    <t>refat031.du@gmail.com</t>
-[...61 lines deleted...]
-  <si>
     <t>kbdmamun_1974@yahoo.com</t>
   </si>
   <si>
     <t>08515850101</t>
   </si>
   <si>
     <t>Quazi Zia Uddin</t>
   </si>
   <si>
     <t>quaziziauddin70@gmail.com</t>
   </si>
   <si>
     <t>তথ্য কমিশন, শেরেবাংলা নগর, ঢাকা</t>
   </si>
   <si>
     <t>A.K.M. Azizul Hoq</t>
   </si>
   <si>
     <t>Director (Admin, Finance &amp;amp; IT)</t>
   </si>
   <si>
     <t>sahanzu1957@yahoo.com</t>
   </si>
   <si>
     <t>01552412845</t>
@@ -335,92 +362,92 @@
   <si>
     <t>rmahfuzur124@gmail.com</t>
   </si>
   <si>
     <t>Finance Division</t>
   </si>
   <si>
     <t>Mohammad Jahirul Quayum</t>
   </si>
   <si>
     <t>m.j.quayum@gmail.com</t>
   </si>
   <si>
     <t>01819254099</t>
   </si>
   <si>
     <t>Aspire To Innovate(a2i) Programme</t>
   </si>
   <si>
     <t>Md. Zaki Faisal</t>
   </si>
   <si>
     <t xml:space="preserve">Programme Assistant_SDG and Data </t>
   </si>
   <si>
-    <t>Provider</t>
-[...1 lines deleted...]
-  <si>
     <t>zfaisalju@gmail.com</t>
   </si>
   <si>
     <t>01758389080</t>
   </si>
   <si>
     <t>Ministry of Commerce</t>
   </si>
   <si>
     <t>Saif Uddin Ahammad</t>
   </si>
   <si>
     <t>saif-uddin.ahammad@students.mq.edu.au</t>
   </si>
   <si>
     <t>01556701458</t>
   </si>
   <si>
+    <t>Directorate of Primary Education</t>
+  </si>
+  <si>
+    <t>Anuj kumar roy</t>
+  </si>
+  <si>
+    <t>Senior System Analyst</t>
+  </si>
+  <si>
+    <t>anujkroy@gmail.com</t>
+  </si>
+  <si>
+    <t>01555555147</t>
+  </si>
+  <si>
     <t>Dr. Md. Marufur Rahman</t>
   </si>
   <si>
     <t>dr.marufrhmn@gmail.com</t>
   </si>
   <si>
     <t>01670974253</t>
   </si>
   <si>
-    <t>Bangladesh Telecommunication Regulatory Commission</t>
-[...10 lines deleted...]
-  <si>
     <t>planning commission</t>
   </si>
   <si>
     <t>উপপ্রধান (ডেল্টা অধিশাখা-১)</t>
   </si>
   <si>
     <t>achasem649464@gmail.com</t>
   </si>
   <si>
     <t>01751527645</t>
   </si>
   <si>
     <t>Joint Rivers Commission, Bangladesh</t>
   </si>
   <si>
     <t>Dr. Mohammad Abul Hossen</t>
   </si>
   <si>
     <t>Member</t>
   </si>
   <si>
     <t>engr_mohammadhossen@yahoo.com</t>
   </si>
   <si>
     <t>01718154748</t>
@@ -483,50 +510,59 @@
     <t>akmakazad@gmail.com</t>
   </si>
   <si>
     <t>01554340961</t>
   </si>
   <si>
     <t>Ministry Of Land</t>
   </si>
   <si>
     <t>DS</t>
   </si>
   <si>
     <t>shafiqmanik05@gmail.com</t>
   </si>
   <si>
     <t>01718288249</t>
   </si>
   <si>
     <t>IMED</t>
   </si>
   <si>
     <t>Mirza Ashfaqur Rahman</t>
   </si>
   <si>
     <t>mirza.rahman1969@gmail.com</t>
+  </si>
+  <si>
+    <t>Department of Agricultural Extension (DAE)</t>
+  </si>
+  <si>
+    <t>chhobi.dae@gmail.com</t>
+  </si>
+  <si>
+    <t>01715884674</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -830,906 +866,949 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G38"/>
+  <dimension ref="A1:G40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="E2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>8801670741898</v>
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C3" t="s">
-        <v>12</v>
+        <v>14</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>16</v>
+      </c>
+      <c r="G3">
+        <v>8801670741898</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="C4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>8801729497144</v>
+        <v>19</v>
+      </c>
+      <c r="G4" t="s">
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>21</v>
+      </c>
+      <c r="C5" t="s">
+        <v>22</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G5" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D6" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="G6">
-        <v>88029576548</v>
+        <v>8801729497144</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C8" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F8" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C9" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F9" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="G9" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C10" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D10" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F10" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="G10" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C11" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D11" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F11" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="G11" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C12" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D12" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F12" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G12" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C13" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="D13" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F13" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>1705565096</v>
+        <v>58</v>
+      </c>
+      <c r="G13" t="s">
+        <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="C14" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="D14" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F14" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>63</v>
+      </c>
+      <c r="G14">
+        <v>1705565096</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>61</v>
+        <v>64</v>
+      </c>
+      <c r="C15" t="s">
+        <v>65</v>
       </c>
       <c r="D15" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F15" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="G15" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>69</v>
+      </c>
+      <c r="D16" t="s">
+        <v>70</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F16" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="G16" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="C17" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>74</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F17" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="G17" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="C18" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="D18" t="s">
-        <v>75</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F18" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="G18" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C19" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="D19" t="s">
-        <v>58</v>
+        <v>83</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F19" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="G19" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>7</v>
+        <v>86</v>
       </c>
       <c r="C20" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="D20" t="s">
-        <v>7</v>
+        <v>88</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F20" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>8801320000035</v>
+        <v>89</v>
+      </c>
+      <c r="G20" t="s">
+        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>84</v>
+        <v>13</v>
       </c>
       <c r="C21" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="D21" t="s">
-        <v>86</v>
+        <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F21" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>92</v>
+      </c>
+      <c r="G21">
+        <v>8801320000035</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="C22" t="s">
-        <v>90</v>
+        <v>94</v>
+      </c>
+      <c r="D22" t="s">
+        <v>95</v>
       </c>
       <c r="E22" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F22" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="G22" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="C23" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="E23" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F23" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="G23" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>7</v>
+        <v>102</v>
       </c>
       <c r="C24" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="D24" t="s">
-        <v>7</v>
+        <v>104</v>
       </c>
       <c r="E24" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F24" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>8801556329685</v>
+        <v>105</v>
+      </c>
+      <c r="G24" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>100</v>
+        <v>13</v>
       </c>
       <c r="C25" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="D25" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F25" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>108</v>
+      </c>
+      <c r="G25">
+        <v>8801556329685</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C26" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="D26" t="s">
-        <v>106</v>
+        <v>43</v>
       </c>
       <c r="E26" t="s">
-        <v>107</v>
+        <v>15</v>
       </c>
       <c r="F26" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="G26" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C27" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="D27" t="s">
-        <v>23</v>
+        <v>115</v>
       </c>
       <c r="E27" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F27" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="G27" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>7</v>
+        <v>118</v>
       </c>
       <c r="C28" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="D28" t="s">
-        <v>7</v>
+        <v>43</v>
       </c>
       <c r="E28" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F28" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="G28" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="C29" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="D29" t="s">
-        <v>44</v>
+        <v>124</v>
       </c>
       <c r="E29" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F29" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="G29" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>121</v>
+        <v>13</v>
+      </c>
+      <c r="C30" t="s">
+        <v>127</v>
       </c>
       <c r="D30" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F30" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="G30" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="D31" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="E31" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F31" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="G31" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>130</v>
+        <v>134</v>
+      </c>
+      <c r="C32" t="s">
+        <v>135</v>
       </c>
       <c r="D32" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="E32" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F32" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="G32" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="D33" t="s">
-        <v>7</v>
+        <v>140</v>
       </c>
       <c r="E33" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F33" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="G33" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>137</v>
+        <v>13</v>
       </c>
       <c r="C34" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="D34" t="s">
-        <v>139</v>
+        <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F34" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>1557863557</v>
+        <v>144</v>
+      </c>
+      <c r="G34" t="s">
+        <v>145</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="C35" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="D35" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="E35" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F35" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>149</v>
+      </c>
+      <c r="G35">
+        <v>1557863557</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C36" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="D36" t="s">
-        <v>18</v>
+        <v>152</v>
       </c>
       <c r="E36" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F36" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="G36" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>150</v>
+        <v>155</v>
+      </c>
+      <c r="C37" t="s">
+        <v>156</v>
       </c>
       <c r="D37" t="s">
-        <v>151</v>
+        <v>28</v>
       </c>
       <c r="E37" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F37" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="G37" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="D38" t="s">
-        <v>7</v>
+        <v>160</v>
       </c>
       <c r="E38" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F38" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="G38">
+        <v>161</v>
+      </c>
+      <c r="G38" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7">
+      <c r="A39">
+        <v>38</v>
+      </c>
+      <c r="B39" t="s">
+        <v>163</v>
+      </c>
+      <c r="C39" t="s">
+        <v>164</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>15</v>
+      </c>
+      <c r="F39" t="s">
+        <v>165</v>
+      </c>
+      <c r="G39">
         <v>8801817516044</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7">
+      <c r="A40">
+        <v>39</v>
+      </c>
+      <c r="B40" t="s">
+        <v>166</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>15</v>
+      </c>
+      <c r="F40" t="s">
+        <v>167</v>
+      </c>
+      <c r="G40" t="s">
+        <v>168</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">