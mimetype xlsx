--- v2 (2026-01-31)
+++ v3 (2026-03-17)
@@ -12,80 +12,80 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Data Approver List" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
   <si>
     <t>S/L</t>
   </si>
   <si>
     <t>Office</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Designation</t>
   </si>
   <si>
     <t>Role</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Department of Forest</t>
   </si>
   <si>
-    <t>Mariam Akter</t>
-[...2 lines deleted...]
-    <t>Assistant Chief Conservator of Forests</t>
+    <t>Dr. Mariam Akter</t>
+  </si>
+  <si>
+    <t>Deputy Conservator of Forests</t>
   </si>
   <si>
     <t>Provider</t>
   </si>
   <si>
     <t>mariamakter2002@gmail.com</t>
   </si>
   <si>
     <t>01711170697</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Data Approver</t>
   </si>
   <si>
     <t>Approver</t>
   </si>
   <si>
     <t>munem@ba-systems.com</t>
   </si>
   <si>
     <t>Bangladesh Bureau of Statistics (BBS)</t>
   </si>
@@ -95,101 +95,113 @@
   <si>
     <t>alamgir.hossen@bbs.gov.bd</t>
   </si>
   <si>
     <t>01789944944</t>
   </si>
   <si>
     <t>Bangladesh Parliament Secretariat</t>
   </si>
   <si>
     <t>Md. Ashif Iqbal</t>
   </si>
   <si>
     <t>ashifbd@gmail.com</t>
   </si>
   <si>
     <t>01715300664</t>
   </si>
   <si>
     <t>Mohammad Lulu Miah</t>
   </si>
   <si>
     <t>lulu.miah@bb.org.bd</t>
   </si>
   <si>
+    <t>Ministry of Environment, Forest and Climate Change</t>
+  </si>
+  <si>
+    <t>Lubna Yasmine</t>
+  </si>
+  <si>
+    <t>Joint Secretary</t>
+  </si>
+  <si>
+    <t>yasmin_lubna@yahoo.co.uk</t>
+  </si>
+  <si>
+    <t>01703445803</t>
+  </si>
+  <si>
     <t>Bangladesh Livestock Research Institute</t>
   </si>
   <si>
     <t>Director General</t>
   </si>
   <si>
     <t>shakila_blri@yahoo.com</t>
   </si>
   <si>
     <t>01712205223</t>
   </si>
   <si>
     <t>Office of the Registrar General, Birth and Death Registration</t>
   </si>
   <si>
     <t>Md. Luthfur Rahman</t>
   </si>
   <si>
     <t>Deputy Registrar General</t>
   </si>
   <si>
     <t>rahmanmd03@gmail.com</t>
   </si>
   <si>
     <t>01733815428</t>
   </si>
   <si>
     <t>Ministry of Science and Technology</t>
   </si>
   <si>
     <t>Muhammad Ashraf Ali Faruk</t>
   </si>
   <si>
     <t>Additional Secretary</t>
   </si>
   <si>
     <t>faruk.ashraf@yahoo.com</t>
   </si>
   <si>
     <t>01711026317</t>
   </si>
   <si>
     <t>Economic Relations Division</t>
   </si>
   <si>
     <t>SYED ASHRAFUZZAMAN</t>
   </si>
   <si>
-    <t>Joint Secretary</t>
-[...1 lines deleted...]
-  <si>
     <t>saztito@gmail.com</t>
   </si>
   <si>
     <t>01550151266</t>
   </si>
   <si>
     <t>Ministry of Foreign Affairs</t>
   </si>
   <si>
     <t>MD. TOUFIQ-UR-RAHMAN</t>
   </si>
   <si>
     <t>supink57@yahoo.com</t>
   </si>
   <si>
     <t>01328759905</t>
   </si>
   <si>
     <t>Dept of Environment</t>
   </si>
   <si>
     <t>Md. Hasan Hasibur Rahman</t>
   </si>
   <si>
     <t>Director</t>
@@ -393,50 +405,62 @@
     <t>Ministry of Commerce</t>
   </si>
   <si>
     <t>Saif Uddin Ahammad</t>
   </si>
   <si>
     <t>saif-uddin.ahammad@students.mq.edu.au</t>
   </si>
   <si>
     <t>01556701458</t>
   </si>
   <si>
     <t>Directorate of Primary Education</t>
   </si>
   <si>
     <t>Anuj kumar roy</t>
   </si>
   <si>
     <t>Senior System Analyst</t>
   </si>
   <si>
     <t>anujkroy@gmail.com</t>
   </si>
   <si>
     <t>01555555147</t>
+  </si>
+  <si>
+    <t>Bangladesh Telecommunication Regulatory Commission</t>
+  </si>
+  <si>
+    <t>Dr. MD SOHEL RANA</t>
+  </si>
+  <si>
+    <t>sohel@btrc.gov.bd</t>
+  </si>
+  <si>
+    <t>01552202718</t>
   </si>
   <si>
     <t>Dr. Md. Marufur Rahman</t>
   </si>
   <si>
     <t>dr.marufrhmn@gmail.com</t>
   </si>
   <si>
     <t>01670974253</t>
   </si>
   <si>
     <t>planning commission</t>
   </si>
   <si>
     <t>উপপ্রধান (ডেল্টা অধিশাখা-১)</t>
   </si>
   <si>
     <t>achasem649464@gmail.com</t>
   </si>
   <si>
     <t>01751527645</t>
   </si>
   <si>
     <t>Joint Rivers Commission, Bangladesh</t>
   </si>
@@ -866,51 +890,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G40"/>
+  <dimension ref="A1:G42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1016,71 +1040,71 @@
         <v>13</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>15</v>
       </c>
       <c r="F6" t="s">
         <v>26</v>
       </c>
       <c r="G6">
         <v>8801729497144</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>27</v>
       </c>
+      <c r="C7" t="s">
+        <v>28</v>
+      </c>
       <c r="D7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E7" t="s">
         <v>15</v>
       </c>
       <c r="F7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="C8" t="s">
         <v>32</v>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8" t="s">
         <v>15</v>
       </c>
       <c r="F8" t="s">
         <v>34</v>
       </c>
       <c r="G8" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>36</v>
       </c>
       <c r="C9" t="s">
         <v>37</v>
       </c>
@@ -1109,706 +1133,752 @@
       </c>
       <c r="D10" t="s">
         <v>43</v>
       </c>
       <c r="E10" t="s">
         <v>15</v>
       </c>
       <c r="F10" t="s">
         <v>44</v>
       </c>
       <c r="G10" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>46</v>
       </c>
       <c r="C11" t="s">
         <v>47</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
         <v>15</v>
       </c>
       <c r="F11" t="s">
         <v>48</v>
       </c>
       <c r="G11" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>50</v>
       </c>
       <c r="C12" t="s">
         <v>51</v>
       </c>
       <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F12" t="s">
         <v>52</v>
       </c>
-      <c r="E12" t="s">
-[...2 lines deleted...]
-      <c r="F12" t="s">
+      <c r="G12" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>54</v>
+      </c>
+      <c r="C13" t="s">
         <v>55</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>56</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
+        <v>15</v>
+      </c>
+      <c r="F13" t="s">
         <v>57</v>
       </c>
-      <c r="E13" t="s">
-[...2 lines deleted...]
-      <c r="F13" t="s">
+      <c r="G13" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>59</v>
+      </c>
+      <c r="C14" t="s">
         <v>60</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>61</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
+        <v>15</v>
+      </c>
+      <c r="F14" t="s">
         <v>62</v>
       </c>
-      <c r="E14" t="s">
-[...2 lines deleted...]
-      <c r="F14" t="s">
+      <c r="G14" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>1705565096</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>64</v>
       </c>
       <c r="C15" t="s">
         <v>65</v>
       </c>
       <c r="D15" t="s">
         <v>66</v>
       </c>
       <c r="E15" t="s">
         <v>15</v>
       </c>
       <c r="F15" t="s">
         <v>67</v>
       </c>
-      <c r="G15" t="s">
-        <v>68</v>
+      <c r="G15">
+        <v>1705565096</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>68</v>
+      </c>
+      <c r="C16" t="s">
         <v>69</v>
       </c>
       <c r="D16" t="s">
         <v>70</v>
       </c>
       <c r="E16" t="s">
         <v>15</v>
       </c>
       <c r="F16" t="s">
         <v>71</v>
       </c>
       <c r="G16" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>73</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>74</v>
       </c>
       <c r="E17" t="s">
         <v>15</v>
       </c>
       <c r="F17" t="s">
         <v>75</v>
       </c>
       <c r="G17" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>77</v>
       </c>
       <c r="C18" t="s">
         <v>78</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
         <v>15</v>
       </c>
       <c r="F18" t="s">
         <v>79</v>
       </c>
       <c r="G18" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>81</v>
       </c>
       <c r="C19" t="s">
         <v>82</v>
       </c>
       <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F19" t="s">
         <v>83</v>
       </c>
-      <c r="E19" t="s">
-[...2 lines deleted...]
-      <c r="F19" t="s">
+      <c r="G19" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>85</v>
+      </c>
+      <c r="C20" t="s">
         <v>86</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>87</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
+        <v>15</v>
+      </c>
+      <c r="F20" t="s">
         <v>88</v>
       </c>
-      <c r="E20" t="s">
-[...2 lines deleted...]
-      <c r="F20" t="s">
+      <c r="G20" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>13</v>
+        <v>90</v>
       </c>
       <c r="C21" t="s">
         <v>91</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E21" t="s">
         <v>15</v>
       </c>
       <c r="F21" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>8801320000035</v>
+        <v>93</v>
+      </c>
+      <c r="G21" t="s">
+        <v>94</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>93</v>
+        <v>13</v>
       </c>
       <c r="C22" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D22" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="E22" t="s">
         <v>15</v>
       </c>
       <c r="F22" t="s">
         <v>96</v>
       </c>
-      <c r="G22" t="s">
-        <v>97</v>
+      <c r="G22">
+        <v>8801320000035</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>97</v>
+      </c>
+      <c r="C23" t="s">
         <v>98</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>99</v>
       </c>
       <c r="E23" t="s">
         <v>15</v>
       </c>
       <c r="F23" t="s">
         <v>100</v>
       </c>
       <c r="G23" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>102</v>
       </c>
       <c r="C24" t="s">
         <v>103</v>
       </c>
-      <c r="D24" t="s">
+      <c r="E24" t="s">
+        <v>15</v>
+      </c>
+      <c r="F24" t="s">
         <v>104</v>
       </c>
-      <c r="E24" t="s">
-[...2 lines deleted...]
-      <c r="F24" t="s">
+      <c r="G24" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>13</v>
+        <v>106</v>
       </c>
       <c r="C25" t="s">
         <v>107</v>
       </c>
       <c r="D25" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="E25" t="s">
         <v>15</v>
       </c>
       <c r="F25" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>8801556329685</v>
+        <v>109</v>
+      </c>
+      <c r="G25" t="s">
+        <v>110</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>109</v>
+        <v>13</v>
       </c>
       <c r="C26" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D26" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="E26" t="s">
         <v>15</v>
       </c>
       <c r="F26" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="G26" t="s">
         <v>112</v>
+      </c>
+      <c r="G26">
+        <v>8801556329685</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>113</v>
       </c>
       <c r="C27" t="s">
         <v>114</v>
       </c>
       <c r="D27" t="s">
+        <v>29</v>
+      </c>
+      <c r="E27" t="s">
+        <v>15</v>
+      </c>
+      <c r="F27" t="s">
         <v>115</v>
       </c>
-      <c r="E27" t="s">
-[...2 lines deleted...]
-      <c r="F27" t="s">
+      <c r="G27" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>117</v>
+      </c>
+      <c r="C28" t="s">
         <v>118</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>119</v>
       </c>
-      <c r="D28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E28" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="F28" t="s">
         <v>120</v>
       </c>
       <c r="G28" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>122</v>
       </c>
       <c r="C29" t="s">
         <v>123</v>
       </c>
       <c r="D29" t="s">
+        <v>29</v>
+      </c>
+      <c r="E29" t="s">
+        <v>15</v>
+      </c>
+      <c r="F29" t="s">
         <v>124</v>
       </c>
-      <c r="E29" t="s">
-[...2 lines deleted...]
-      <c r="F29" t="s">
+      <c r="G29" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>13</v>
+        <v>126</v>
       </c>
       <c r="C30" t="s">
         <v>127</v>
       </c>
       <c r="D30" t="s">
-        <v>13</v>
+        <v>128</v>
       </c>
       <c r="E30" t="s">
         <v>15</v>
       </c>
       <c r="F30" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G30" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>130</v>
+        <v>131</v>
+      </c>
+      <c r="C31" t="s">
+        <v>132</v>
       </c>
       <c r="D31" t="s">
-        <v>131</v>
+        <v>56</v>
       </c>
       <c r="E31" t="s">
         <v>15</v>
       </c>
       <c r="F31" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G31" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>134</v>
+        <v>13</v>
       </c>
       <c r="C32" t="s">
         <v>135</v>
       </c>
       <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" t="s">
         <v>136</v>
       </c>
-      <c r="E32" t="s">
-[...2 lines deleted...]
-      <c r="F32" t="s">
+      <c r="G32" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>138</v>
+      </c>
+      <c r="D33" t="s">
         <v>139</v>
       </c>
-      <c r="D33" t="s">
+      <c r="E33" t="s">
+        <v>15</v>
+      </c>
+      <c r="F33" t="s">
         <v>140</v>
       </c>
-      <c r="E33" t="s">
-[...2 lines deleted...]
-      <c r="F33" t="s">
+      <c r="G33" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>13</v>
+        <v>142</v>
       </c>
       <c r="C34" t="s">
         <v>143</v>
       </c>
       <c r="D34" t="s">
-        <v>13</v>
+        <v>144</v>
       </c>
       <c r="E34" t="s">
         <v>15</v>
       </c>
       <c r="F34" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G34" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="C35" t="s">
         <v>147</v>
       </c>
       <c r="D35" t="s">
         <v>148</v>
       </c>
       <c r="E35" t="s">
         <v>15</v>
       </c>
       <c r="F35" t="s">
         <v>149</v>
       </c>
-      <c r="G35">
-        <v>1557863557</v>
+      <c r="G35" t="s">
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="C36" t="s">
         <v>151</v>
       </c>
       <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>15</v>
+      </c>
+      <c r="F36" t="s">
         <v>152</v>
       </c>
-      <c r="E36" t="s">
-[...2 lines deleted...]
-      <c r="F36" t="s">
+      <c r="G36" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>154</v>
+      </c>
+      <c r="C37" t="s">
         <v>155</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="E37" t="s">
         <v>15</v>
       </c>
       <c r="F37" t="s">
         <v>157</v>
       </c>
-      <c r="G37" t="s">
-        <v>158</v>
+      <c r="G37">
+        <v>1557863557</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>158</v>
+      </c>
+      <c r="C38" t="s">
         <v>159</v>
       </c>
       <c r="D38" t="s">
         <v>160</v>
       </c>
       <c r="E38" t="s">
         <v>15</v>
       </c>
       <c r="F38" t="s">
         <v>161</v>
       </c>
       <c r="G38" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>163</v>
       </c>
       <c r="C39" t="s">
         <v>164</v>
       </c>
       <c r="D39" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="E39" t="s">
         <v>15</v>
       </c>
       <c r="F39" t="s">
         <v>165</v>
       </c>
-      <c r="G39">
-        <v>8801817516044</v>
+      <c r="G39" t="s">
+        <v>166</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D40" t="s">
+        <v>168</v>
+      </c>
+      <c r="E40" t="s">
+        <v>15</v>
+      </c>
+      <c r="F40" t="s">
+        <v>169</v>
+      </c>
+      <c r="G40" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7">
+      <c r="A41">
+        <v>40</v>
+      </c>
+      <c r="B41" t="s">
+        <v>171</v>
+      </c>
+      <c r="C41" t="s">
+        <v>172</v>
+      </c>
+      <c r="D41" t="s">
         <v>13</v>
       </c>
-      <c r="E40" t="s">
-[...6 lines deleted...]
-        <v>168</v>
+      <c r="E41" t="s">
+        <v>15</v>
+      </c>
+      <c r="F41" t="s">
+        <v>173</v>
+      </c>
+      <c r="G41">
+        <v>8801817516044</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7">
+      <c r="A42">
+        <v>41</v>
+      </c>
+      <c r="B42" t="s">
+        <v>174</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>15</v>
+      </c>
+      <c r="F42" t="s">
+        <v>175</v>
+      </c>
+      <c r="G42" t="s">
+        <v>176</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">