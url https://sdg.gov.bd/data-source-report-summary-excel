--- v0 (2025-10-15)
+++ v1 (2025-12-02)
@@ -834,72 +834,72 @@
       </c>
       <c r="D6">
         <v>33.33</v>
       </c>
       <c r="E6">
         <v>1</v>
       </c>
       <c r="F6">
         <v>66.67</v>
       </c>
       <c r="G6">
         <v>2</v>
       </c>
       <c r="H6">
         <v>100</v>
       </c>
       <c r="I6">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7">
-        <v>29.13</v>
+        <v>31.73</v>
       </c>
       <c r="C7">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D7">
-        <v>60.19</v>
+        <v>58.65</v>
       </c>
       <c r="E7">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F7">
-        <v>10.68</v>
+        <v>9.62</v>
       </c>
       <c r="G7">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="H7">
         <v>100</v>
       </c>
       <c r="I7">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>12</v>
       </c>
       <c r="B8">
         <v>0.0</v>
       </c>
       <c r="C8">
         <v>0</v>
       </c>
       <c r="D8">
         <v>44.44</v>
       </c>
       <c r="E8">
         <v>4</v>
       </c>
       <c r="F8">
         <v>55.56</v>
       </c>
       <c r="G8">
         <v>5</v>
       </c>
       <c r="H8">
@@ -921,66 +921,66 @@
       </c>
       <c r="D9">
         <v>33.33</v>
       </c>
       <c r="E9">
         <v>1</v>
       </c>
       <c r="F9">
         <v>66.67</v>
       </c>
       <c r="G9">
         <v>2</v>
       </c>
       <c r="H9">
         <v>100</v>
       </c>
       <c r="I9">
         <v>3</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>14</v>
       </c>
       <c r="B10">
-        <v>20.0</v>
+        <v>25.0</v>
       </c>
       <c r="C10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D10">
         <v>50.0</v>
       </c>
       <c r="E10">
         <v>10</v>
       </c>
       <c r="F10">
-        <v>30.0</v>
+        <v>25.0</v>
       </c>
       <c r="G10">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H10">
         <v>100</v>
       </c>
       <c r="I10">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>15</v>
       </c>
       <c r="B11">
         <v>0.0</v>
       </c>
       <c r="C11">
         <v>0</v>
       </c>
       <c r="D11">
         <v>90.0</v>
       </c>
       <c r="E11">
         <v>9</v>
       </c>
       <c r="F11">
@@ -1530,60 +1530,60 @@
       </c>
       <c r="D30">
         <v>0.0</v>
       </c>
       <c r="E30">
         <v>0</v>
       </c>
       <c r="F30">
         <v>100.0</v>
       </c>
       <c r="G30">
         <v>1</v>
       </c>
       <c r="H30">
         <v>100</v>
       </c>
       <c r="I30">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>35</v>
       </c>
       <c r="B31">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="C31">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D31">
-        <v>100.0</v>
+        <v>0.0</v>
       </c>
       <c r="E31">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F31">
         <v>0.0</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>100</v>
       </c>
       <c r="I31">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>36</v>
       </c>
       <c r="B32">
         <v>0.0</v>
       </c>
       <c r="C32">
         <v>0</v>
       </c>
       <c r="D32">
@@ -1617,60 +1617,60 @@
       </c>
       <c r="D33">
         <v>0.0</v>
       </c>
       <c r="E33">
         <v>0</v>
       </c>
       <c r="F33">
         <v>100.0</v>
       </c>
       <c r="G33">
         <v>1</v>
       </c>
       <c r="H33">
         <v>100</v>
       </c>
       <c r="I33">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>38</v>
       </c>
       <c r="B34">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="C34">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D34">
-        <v>100.0</v>
+        <v>0.0</v>
       </c>
       <c r="E34">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F34">
         <v>0.0</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>100</v>
       </c>
       <c r="I34">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>39</v>
       </c>
       <c r="B35">
         <v>0.0</v>
       </c>
       <c r="C35">
         <v>0</v>
       </c>
       <c r="D35">
@@ -1739,60 +1739,60 @@
       </c>
       <c r="F37">
         <v>100.0</v>
       </c>
       <c r="G37">
         <v>2</v>
       </c>
       <c r="H37">
         <v>100</v>
       </c>
       <c r="I37">
         <v>2</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>42</v>
       </c>
       <c r="B38">
         <v>0.0</v>
       </c>
       <c r="C38">
         <v>0</v>
       </c>
       <c r="D38">
-        <v>16.67</v>
+        <v>33.33</v>
       </c>
       <c r="E38">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F38">
-        <v>83.33</v>
+        <v>66.67</v>
       </c>
       <c r="G38">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H38">
         <v>100</v>
       </c>
       <c r="I38">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>43</v>
       </c>
       <c r="B39">
         <v>0.0</v>
       </c>
       <c r="C39">
         <v>0</v>
       </c>
       <c r="D39">
         <v>66.67</v>
       </c>
       <c r="E39">
         <v>8</v>
       </c>
       <c r="F39">
@@ -1907,60 +1907,60 @@
       </c>
       <c r="D43">
         <v>20.0</v>
       </c>
       <c r="E43">
         <v>1</v>
       </c>
       <c r="F43">
         <v>20.0</v>
       </c>
       <c r="G43">
         <v>1</v>
       </c>
       <c r="H43">
         <v>100</v>
       </c>
       <c r="I43">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>48</v>
       </c>
       <c r="B44">
-        <v>0.0</v>
+        <v>33.33</v>
       </c>
       <c r="C44">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D44">
-        <v>100.0</v>
+        <v>66.67</v>
       </c>
       <c r="E44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F44">
         <v>0.0</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>100</v>
       </c>
       <c r="I44">
         <v>3</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>49</v>
       </c>
       <c r="B45">
         <v>0.0</v>
       </c>
       <c r="C45">
         <v>0</v>
       </c>
       <c r="D45">
@@ -1971,60 +1971,60 @@
       </c>
       <c r="F45">
         <v>0.0</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>100</v>
       </c>
       <c r="I45">
         <v>3</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>50</v>
       </c>
       <c r="B46">
         <v>0.0</v>
       </c>
       <c r="C46">
         <v>0</v>
       </c>
       <c r="D46">
-        <v>50.0</v>
+        <v>25.0</v>
       </c>
       <c r="E46">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F46">
-        <v>50.0</v>
+        <v>75.0</v>
       </c>
       <c r="G46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H46">
         <v>100</v>
       </c>
       <c r="I46">
         <v>4</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>51</v>
       </c>
       <c r="B47">
         <v>0.0</v>
       </c>
       <c r="C47">
         <v>0</v>
       </c>
       <c r="D47">
         <v>50.0</v>
       </c>
       <c r="E47">
         <v>1</v>
       </c>
       <c r="F47">
@@ -3241,60 +3241,60 @@
       </c>
       <c r="D89">
         <v>100.0</v>
       </c>
       <c r="E89">
         <v>1</v>
       </c>
       <c r="F89">
         <v>0.0</v>
       </c>
       <c r="G89">
         <v>0</v>
       </c>
       <c r="H89">
         <v>100</v>
       </c>
       <c r="I89">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
         <v>94</v>
       </c>
       <c r="B90">
-        <v>0.0</v>
+        <v>50.0</v>
       </c>
       <c r="C90">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D90">
-        <v>50.0</v>
+        <v>0.0</v>
       </c>
       <c r="E90">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F90">
         <v>50.0</v>
       </c>
       <c r="G90">
         <v>1</v>
       </c>
       <c r="H90">
         <v>100</v>
       </c>
       <c r="I90">
         <v>2</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>95</v>
       </c>
       <c r="B91">
         <v>0.0</v>
       </c>
       <c r="C91">
         <v>0</v>
       </c>
       <c r="D91">
@@ -3357,66 +3357,66 @@
       </c>
       <c r="D93">
         <v>100.0</v>
       </c>
       <c r="E93">
         <v>1</v>
       </c>
       <c r="F93">
         <v>0.0</v>
       </c>
       <c r="G93">
         <v>0</v>
       </c>
       <c r="H93">
         <v>100</v>
       </c>
       <c r="I93">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
         <v>98</v>
       </c>
       <c r="B94">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="C94">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D94">
         <v>0.0</v>
       </c>
       <c r="E94">
         <v>0</v>
       </c>
       <c r="F94">
-        <v>100.0</v>
+        <v>0.0</v>
       </c>
       <c r="G94">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H94">
         <v>100</v>
       </c>
       <c r="I94">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>99</v>
       </c>
       <c r="B95">
         <v>0.0</v>
       </c>
       <c r="C95">
         <v>0</v>
       </c>
       <c r="D95">
         <v>100.0</v>
       </c>
       <c r="E95">
         <v>1</v>
       </c>
       <c r="F95">