--- v1 (2025-12-02)
+++ v2 (2026-01-31)
@@ -834,72 +834,72 @@
       </c>
       <c r="D6">
         <v>33.33</v>
       </c>
       <c r="E6">
         <v>1</v>
       </c>
       <c r="F6">
         <v>66.67</v>
       </c>
       <c r="G6">
         <v>2</v>
       </c>
       <c r="H6">
         <v>100</v>
       </c>
       <c r="I6">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7">
-        <v>31.73</v>
+        <v>23.53</v>
       </c>
       <c r="C7">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="D7">
-        <v>58.65</v>
+        <v>68.63</v>
       </c>
       <c r="E7">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="F7">
-        <v>9.62</v>
+        <v>7.84</v>
       </c>
       <c r="G7">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H7">
         <v>100</v>
       </c>
       <c r="I7">
-        <v>104</v>
+        <v>102</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>12</v>
       </c>
       <c r="B8">
         <v>0.0</v>
       </c>
       <c r="C8">
         <v>0</v>
       </c>
       <c r="D8">
         <v>44.44</v>
       </c>
       <c r="E8">
         <v>4</v>
       </c>
       <c r="F8">
         <v>55.56</v>
       </c>
       <c r="G8">
         <v>5</v>
       </c>
       <c r="H8">
@@ -921,66 +921,66 @@
       </c>
       <c r="D9">
         <v>33.33</v>
       </c>
       <c r="E9">
         <v>1</v>
       </c>
       <c r="F9">
         <v>66.67</v>
       </c>
       <c r="G9">
         <v>2</v>
       </c>
       <c r="H9">
         <v>100</v>
       </c>
       <c r="I9">
         <v>3</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>14</v>
       </c>
       <c r="B10">
-        <v>25.0</v>
+        <v>20.0</v>
       </c>
       <c r="C10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D10">
-        <v>50.0</v>
+        <v>60.0</v>
       </c>
       <c r="E10">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="F10">
-        <v>25.0</v>
+        <v>20.0</v>
       </c>
       <c r="G10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H10">
         <v>100</v>
       </c>
       <c r="I10">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>15</v>
       </c>
       <c r="B11">
         <v>0.0</v>
       </c>
       <c r="C11">
         <v>0</v>
       </c>
       <c r="D11">
         <v>90.0</v>
       </c>
       <c r="E11">
         <v>9</v>
       </c>
       <c r="F11">
@@ -1095,60 +1095,60 @@
       </c>
       <c r="D15">
         <v>0.0</v>
       </c>
       <c r="E15">
         <v>0</v>
       </c>
       <c r="F15">
         <v>25.0</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="H15">
         <v>100</v>
       </c>
       <c r="I15">
         <v>4</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>20</v>
       </c>
       <c r="B16">
+        <v>37.5</v>
+      </c>
+      <c r="C16">
+        <v>3</v>
+      </c>
+      <c r="D16">
         <v>62.5</v>
       </c>
-      <c r="C16">
+      <c r="E16">
         <v>5</v>
-      </c>
-[...4 lines deleted...]
-        <v>3</v>
       </c>
       <c r="F16">
         <v>0.0</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
         <v>100</v>
       </c>
       <c r="I16">
         <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>21</v>
       </c>
       <c r="B17">
         <v>0.0</v>
       </c>
       <c r="C17">
         <v>0</v>
       </c>
       <c r="D17">
@@ -1391,66 +1391,66 @@
       </c>
       <c r="F25">
         <v>0.0</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25">
         <v>100</v>
       </c>
       <c r="I25">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>30</v>
       </c>
       <c r="B26">
         <v>0.0</v>
       </c>
       <c r="C26">
         <v>0</v>
       </c>
       <c r="D26">
-        <v>75.0</v>
+        <v>66.67</v>
       </c>
       <c r="E26">
+        <v>2</v>
+      </c>
+      <c r="F26">
+        <v>33.33</v>
+      </c>
+      <c r="G26">
+        <v>1</v>
+      </c>
+      <c r="H26">
+        <v>100</v>
+      </c>
+      <c r="I26">
         <v>3</v>
-      </c>
-[...10 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>31</v>
       </c>
       <c r="B27">
         <v>0.0</v>
       </c>
       <c r="C27">
         <v>0</v>
       </c>
       <c r="D27">
         <v>100.0</v>
       </c>
       <c r="E27">
         <v>4</v>
       </c>
       <c r="F27">
         <v>0.0</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
@@ -1675,60 +1675,60 @@
       </c>
       <c r="D35">
         <v>100.0</v>
       </c>
       <c r="E35">
         <v>1</v>
       </c>
       <c r="F35">
         <v>0.0</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>100</v>
       </c>
       <c r="I35">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>40</v>
       </c>
       <c r="B36">
-        <v>26.67</v>
+        <v>6.67</v>
       </c>
       <c r="C36">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D36">
-        <v>20.0</v>
+        <v>40.0</v>
       </c>
       <c r="E36">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F36">
         <v>53.33</v>
       </c>
       <c r="G36">
         <v>8</v>
       </c>
       <c r="H36">
         <v>100</v>
       </c>
       <c r="I36">
         <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>41</v>
       </c>
       <c r="B37">
         <v>0.0</v>
       </c>
       <c r="C37">
         <v>0</v>
       </c>
       <c r="D37">
@@ -1907,124 +1907,124 @@
       </c>
       <c r="D43">
         <v>20.0</v>
       </c>
       <c r="E43">
         <v>1</v>
       </c>
       <c r="F43">
         <v>20.0</v>
       </c>
       <c r="G43">
         <v>1</v>
       </c>
       <c r="H43">
         <v>100</v>
       </c>
       <c r="I43">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>48</v>
       </c>
       <c r="B44">
-        <v>33.33</v>
+        <v>0.0</v>
       </c>
       <c r="C44">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D44">
-        <v>66.67</v>
+        <v>100.0</v>
       </c>
       <c r="E44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F44">
         <v>0.0</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>100</v>
       </c>
       <c r="I44">
         <v>3</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>49</v>
       </c>
       <c r="B45">
         <v>0.0</v>
       </c>
       <c r="C45">
         <v>0</v>
       </c>
       <c r="D45">
         <v>100.0</v>
       </c>
       <c r="E45">
         <v>3</v>
       </c>
       <c r="F45">
         <v>0.0</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>100</v>
       </c>
       <c r="I45">
         <v>3</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>50</v>
       </c>
       <c r="B46">
-        <v>0.0</v>
+        <v>25.0</v>
       </c>
       <c r="C46">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D46">
         <v>25.0</v>
       </c>
       <c r="E46">
         <v>1</v>
       </c>
       <c r="F46">
-        <v>75.0</v>
+        <v>50.0</v>
       </c>
       <c r="G46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H46">
         <v>100</v>
       </c>
       <c r="I46">
         <v>4</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>51</v>
       </c>
       <c r="B47">
         <v>0.0</v>
       </c>
       <c r="C47">
         <v>0</v>
       </c>
       <c r="D47">
         <v>50.0</v>
       </c>
       <c r="E47">
         <v>1</v>
       </c>
       <c r="F47">
@@ -2458,60 +2458,60 @@
       </c>
       <c r="D62">
         <v>0.0</v>
       </c>
       <c r="E62">
         <v>0</v>
       </c>
       <c r="F62">
         <v>100.0</v>
       </c>
       <c r="G62">
         <v>1</v>
       </c>
       <c r="H62">
         <v>100</v>
       </c>
       <c r="I62">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>67</v>
       </c>
       <c r="B63">
-        <v>100.0</v>
+        <v>0.0</v>
       </c>
       <c r="C63">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D63">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="E63">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F63">
         <v>0.0</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63">
         <v>100</v>
       </c>
       <c r="I63">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>68</v>
       </c>
       <c r="B64">
         <v>0.0</v>
       </c>
       <c r="C64">
         <v>0</v>
       </c>
       <c r="D64">
@@ -2661,89 +2661,89 @@
       </c>
       <c r="D69">
         <v>0.0</v>
       </c>
       <c r="E69">
         <v>0</v>
       </c>
       <c r="F69">
         <v>100.0</v>
       </c>
       <c r="G69">
         <v>1</v>
       </c>
       <c r="H69">
         <v>100</v>
       </c>
       <c r="I69">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>74</v>
       </c>
       <c r="B70">
-        <v>100.0</v>
+        <v>0.0</v>
       </c>
       <c r="C70">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D70">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="E70">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F70">
         <v>0.0</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70">
         <v>100</v>
       </c>
       <c r="I70">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>75</v>
       </c>
       <c r="B71">
-        <v>0.0</v>
+        <v>66.67</v>
       </c>
       <c r="C71">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D71">
-        <v>100.0</v>
+        <v>33.33</v>
       </c>
       <c r="E71">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F71">
         <v>0.0</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
         <v>100</v>
       </c>
       <c r="I71">
         <v>3</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>76</v>
       </c>
       <c r="B72">
         <v>50.0</v>
       </c>
       <c r="C72">
         <v>1</v>
       </c>
       <c r="D72">
@@ -2893,118 +2893,118 @@
       </c>
       <c r="D77">
         <v>100.0</v>
       </c>
       <c r="E77">
         <v>1</v>
       </c>
       <c r="F77">
         <v>0.0</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77">
         <v>100</v>
       </c>
       <c r="I77">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
         <v>82</v>
       </c>
       <c r="B78">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="C78">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D78">
-        <v>100.0</v>
+        <v>0.0</v>
       </c>
       <c r="E78">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F78">
         <v>0.0</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78">
         <v>100</v>
       </c>
       <c r="I78">
         <v>2</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>83</v>
       </c>
       <c r="B79">
-        <v>100.0</v>
+        <v>0.0</v>
       </c>
       <c r="C79">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D79">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="E79">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F79">
         <v>0.0</v>
       </c>
       <c r="G79">
         <v>0</v>
       </c>
       <c r="H79">
         <v>100</v>
       </c>
       <c r="I79">
         <v>2</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>84</v>
       </c>
       <c r="B80">
-        <v>100.0</v>
+        <v>0.0</v>
       </c>
       <c r="C80">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D80">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="E80">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F80">
         <v>0.0</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
       <c r="H80">
         <v>100</v>
       </c>
       <c r="I80">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
         <v>85</v>
       </c>
       <c r="B81">
         <v>0.0</v>
       </c>
       <c r="C81">
         <v>0</v>
       </c>
       <c r="D81">
@@ -3125,89 +3125,89 @@
       </c>
       <c r="D85">
         <v>0.0</v>
       </c>
       <c r="E85">
         <v>0</v>
       </c>
       <c r="F85">
         <v>100.0</v>
       </c>
       <c r="G85">
         <v>1</v>
       </c>
       <c r="H85">
         <v>100</v>
       </c>
       <c r="I85">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
         <v>90</v>
       </c>
       <c r="B86">
-        <v>100.0</v>
+        <v>0.0</v>
       </c>
       <c r="C86">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D86">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="E86">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F86">
         <v>0.0</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86">
         <v>100</v>
       </c>
       <c r="I86">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>91</v>
       </c>
       <c r="B87">
-        <v>100.0</v>
+        <v>0.0</v>
       </c>
       <c r="C87">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D87">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="E87">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F87">
         <v>0.0</v>
       </c>
       <c r="G87">
         <v>0</v>
       </c>
       <c r="H87">
         <v>100</v>
       </c>
       <c r="I87">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>92</v>
       </c>
       <c r="B88">
         <v>0.0</v>
       </c>
       <c r="C88">
         <v>0</v>
       </c>
       <c r="D88">
@@ -3241,60 +3241,60 @@
       </c>
       <c r="D89">
         <v>100.0</v>
       </c>
       <c r="E89">
         <v>1</v>
       </c>
       <c r="F89">
         <v>0.0</v>
       </c>
       <c r="G89">
         <v>0</v>
       </c>
       <c r="H89">
         <v>100</v>
       </c>
       <c r="I89">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
         <v>94</v>
       </c>
       <c r="B90">
+        <v>0.0</v>
+      </c>
+      <c r="C90">
+        <v>0</v>
+      </c>
+      <c r="D90">
         <v>50.0</v>
       </c>
-      <c r="C90">
-[...4 lines deleted...]
-      </c>
       <c r="E90">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F90">
         <v>50.0</v>
       </c>
       <c r="G90">
         <v>1</v>
       </c>
       <c r="H90">
         <v>100</v>
       </c>
       <c r="I90">
         <v>2</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>95</v>
       </c>
       <c r="B91">
         <v>0.0</v>
       </c>
       <c r="C91">
         <v>0</v>
       </c>
       <c r="D91">
@@ -3357,60 +3357,60 @@
       </c>
       <c r="D93">
         <v>100.0</v>
       </c>
       <c r="E93">
         <v>1</v>
       </c>
       <c r="F93">
         <v>0.0</v>
       </c>
       <c r="G93">
         <v>0</v>
       </c>
       <c r="H93">
         <v>100</v>
       </c>
       <c r="I93">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
         <v>98</v>
       </c>
       <c r="B94">
-        <v>100.0</v>
+        <v>0.0</v>
       </c>
       <c r="C94">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D94">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="E94">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F94">
         <v>0.0</v>
       </c>
       <c r="G94">
         <v>0</v>
       </c>
       <c r="H94">
         <v>100</v>
       </c>
       <c r="I94">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>99</v>
       </c>
       <c r="B95">
         <v>0.0</v>
       </c>
       <c r="C95">
         <v>0</v>
       </c>
       <c r="D95">